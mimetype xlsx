--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2031" uniqueCount="875">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2087" uniqueCount="896">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1793,93 +1793,116 @@
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/346/projeto_de_lei_155__suplementar_reducao_fonte_1000.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 155/2025_x000D_
 SUMULA: Abre crédito adicional suplementar no orçamento geral do exercício de 2025, no valor de R$ 100.000,00 (Cem Mil Reais), ” e dá outras providencias</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_lei_156_provavel_excesso_fonte_1507.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 156/2025_x000D_
 SUMULA: Abre crédito adicional suplementar no orçamento geral do exercício de 2025, no valor de R$ 321.650,93 (Trezentos e Vinte Mil Seiscentos e Cinquenta Reais e Noventa e Três Centavos),” e dá outras providencias.</t>
   </si>
   <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_157__excesso_fonte_1511.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI 157/2025_x000D_
+SUMULA: Abre crédito adicional suplementar no orçamento geral do exercício de 2025, no valor de R$ 249.113,61 (Duzentos e Quarenta e Nove Mil Cento e Treze Reais e Sessenta e Um Centavos), ” e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_158__excesso_fonte_00211_asfalto_da_lavrinha.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI 158/2025_x000D_
+SUMULA: Abre crédito adicional Especial no orçamento geral do exercício de 2025, no valor de R$ 6.966.520,01 (Seis milhões Novecentos e Sessenta e Seis Mil Quinhentos e Vinte Reais e Um Centavo),” e dá outras providencias.</t>
+  </si>
+  <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_do_legislativo_n.o_01.2025_-_recomposicao_remuneracao_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de atualização monetária, nos termos do artigo 37, X, da Constituição Federal, à remuneração dos Servidores do Poder Legislativo do Município de Pinhalão, Estado do Paraná.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_do_legislativo_n.o_02.2025_-_correcao_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de atualização monetária no benefício de Auxílio-Alimentação dos servidores estatutários da Câmara Municipal de Pinhalão, nos termos do artigo 2º, parágrafo 1º, da Lei Municipal n.º 2446/2024.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei__03-2025_pessoal_com_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estruturação de Carreira dos Servidores da Câmara Municipal de Pinhalão, Estado do Paraná, estabelece normas gerais de enquadramento, institui a tabela de vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_n.o_04.2025_-_fixacao_remuneracao_asessor_parlamentar.pdf</t>
   </si>
   <si>
     <t>Fixa a remuneração do cargo de Assessor Parlamentar, criado pela Resolução n.º 01/2025, da Câmara Municipal de Pinhalão, PR.</t>
   </si>
   <si>
     <t>Paulo Cesar Lopes</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_do_legislativo_n.o_05-2025_nome_campo_da_vila_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre indicação de denominação ao campo de futebol localizado na Vila Guarani, de “ROSA FERREIRA DA SILVA”.</t>
-  </si>
-[...1 lines deleted...]
-    <t>158</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_do_legislativo_n.o_06.2025_alteracao_de_orcamento_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar no orçamento do Poder Legislativo Municipal no exercício de 2025.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_do_legislativo_n.o_07-2025_nome_de_rua_marcelina_braga_pimentel_assinado.pdf</t>
   </si>
   <si>
     <t>Atribui o nome de “MARCELINA BRAGA PIMENTEL”, a Rua Projetada “B”, loteamento Residencial Alvorada, inscrito no registro imobiliário da Comarca de Tomazina na Matricula nº13856, localizado no Munícipio de Pinhalão.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_do_legislativo_n.o_08-2025_nome_de_rua_romilda_assinado.pdf</t>
   </si>
   <si>
     <t>Atribui o nome de “ROMILDA LAUREANO MOREIRA”, a Rua Projetada “E”, loteamento Residencial Alvorada, inscrito no registro imobiliário da Comarca de Tomazina na Matricula nº13856, localizado no Munícipio de Pinhalão.</t>
   </si>
@@ -2103,50 +2126,59 @@
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/172/resolucao_02-2025_alteracao_de_orcamento_assinado.pdf</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_resolucao_03-2025_alteracao_de_orcamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar no orçamento do Poder Legislativo Municipal no exercício de 2025 no valor de R$ 75.000,00.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_resolucao_04-2025_alteracao_de_orcamento_170.000_1_assinado.pdf</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_resolucao_05-2025_alteracao_de_orcamento_15.00000_correto_assinado_1.pdf</t>
   </si>
   <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_resolucao_06-2025_alteracao_de_orcamento_10.00000.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de crédito adicional suplementar no orçamento do Poder Legislativo Municipal no exercício de 2025 no valor de R$ 10.000,00.</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_legislativa_n.o_01.2025_paulinho_limpeza_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal tome as medidas necessárias para limpeza de terrenos sem edificações.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_legislativa_n.o_02.2025_paulinho_estacionamento_escola_rosa_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal tome as medidas necessárias para implementar melhorias no estacionamento da Escola Municipal Anita Alves Meyer.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_legislativa_n.o_03.2025_edney_luiz_vilas_boas_iluminacao_da_estrada_da_lavrinha_-_pr_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SINALIZAÇÃO DA ESTRADA QUE LIGA O DISTRITO DA LAVRINHA AO MUNICÍPIO DE PINHALÃO – PR, COM O OBJETIVODE PREVENIR ACIDENTE E GARANTIR A SEGURANÇA DOS USUÁRIOS DA VIA.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_legislativa_n.o_04.2025_edney_luiz_vilas_boas_assinado.pdf</t>
@@ -2173,53 +2205,50 @@
     <t>Indicar que a Prefeitura Municipal tome as medidas necessárias correção no escoamento de águas pluviais na rua Luiz Bonin.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_legislativa_n.o_08.2025_paulinho_manutencao_asfalto_entrada_do_lago_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal tome as medidas necessárias para manutenção no asfalto na rua Emerentina Nogueira dos Santos em frente à entrada do Lago Municipal até a rotatória.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Flavio Decol Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_legislativa_n.o_09.2025_flavio_lombada_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal efetue e implantação de uma lombada ou outro tipo de redutor de velocidade na Avenida Nilza Aparecida de Paula.</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_legislativa_n.o_10.2025_paulinho_lombada_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal construa lombadas no Bairro Vila Guarani.</t>
-  </si>
-[...1 lines deleted...]
-    <t>157</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_legislativa_n.o_11.2025_paulinho_retirada_de_arvore_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal faça a retirada de uma árvore na Rua Sebastião Alves Sobrinho, em frente ao número 300.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_legislativa_014-2025_-_edney_luiz_vilas_boas_-_melhorias_na_capela_da_cidade_e_da_lavrinha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAÇÃO DE OBRAS DE INFRAESTRUTURA, MANUTENÇÃO, REFORMA E MELHORIAS EM ESPAÇOES PÚBLICOS DESTINADOS À PRÁTICA RELIGIOSA, ABRANGENDO PRINCIPALMENTE AS CAPELAS LOCALIZADAS NA ÁREA URBANA DE PINHALÃO E NO DISTRITO DA LAVRINHA, VISANDO À PRESERVAÇÃO DO PATRIMÔNIO, À VALORIZAÇÃO CULTURAL E À MELHORIA DAS CONDIÇÕES DE USO PELA POPULAÇÃO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Sergio Terra de Oliveira</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_legislativa_n.o_13.2025_serginho_limpeza_cemiterio_da_lavrinha_assinado.pdf</t>
   </si>
@@ -2438,50 +2467,59 @@
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_01.2025_edney_assinado.pdf</t>
   </si>
   <si>
     <t>Requerer informações detalhadas sobre a criação, composição e atribuições da Associação_x000D_
 responsável pela organização da ExpoPinhalão/Festa do Peão de Boiadeiro.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no._02.2025_-edney__estrada_sulmineira_-_14.11.2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES ATUALIZADAS, DOCUMENTADAS E COMPLETAS ACERCA_x000D_
 DA LICITAÇÃO, EXECUÇÃO, FISCALIZAÇÃO E REGULARIDADE DA OBRA DE PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA SULMINEIRA, INCLUINDO DADOS SOBRE O CUMPRIMENTO CONTRATUAL, CRONOGRAMA FÍSICO-FINANCEIRO E MEDIDAS ADMINISTRATIVAS ADOTADAS.</t>
   </si>
   <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_no._03.2025_-_1_expo_pinhalao_-_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES DETALHADAS,DOCUMENTADAS E COMPLETAS SOBRE TODAS AS RECEITAS E DESPESAS DA 1ªEXPO PINHALÃO / 31ª FESTA DO PEÃO, REALIZADA ENTRE 04 E 07 DE DEZEMBRO, INCLUINDO PRESTAÇÃO DE CONTAS, CONTRATOS, PATROCÍNIOS, ARRECADAÇÕES E REPASSES PÚBLICOS EMPREGADOS NO EVENTO.</t>
+  </si>
+  <si>
     <t>303</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/303/emenda_01-2025_ao_projeto_de_lei_n.o_127.2025_orcamento_-_loa_para_2026_assinado.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos arts. 6º e7º do projeto de lei nº 127/2025 que“Estima a Receita e fixa a Despesa do Município de Pinhalão, para o exercício financeiro de 2026, altera os anexos da lei 2653/2025-PPA 2026/2029 e da Lei 2677/2025-LDO para 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
@@ -2693,50 +2731,69 @@
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Ata Eletrônica da 41ª SESSÃO ORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/337/ata_42a_sessao_ordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 42ª SESSÃO ORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/348/ata_43a_sessao_ordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 43ª SESSÃO ORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/351/ata_44a_sessao_ordinaria_ano_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 44ª SESSÃO ORDINÁRIA da 1ª Sessão Legislativa da 18ª_x000D_
+Legislatura</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/354/ata_45a_sessao_ordinaria_ano_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 45ª SESSÃO ORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
+  </si>
+  <si>
     <t>207</t>
   </si>
   <si>
     <t>ATAEX</t>
   </si>
   <si>
     <t>ATA SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/207/ata21a_sessao_extraordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 21ª SESSÃO EXTRAORDINÁRIA da 1ª Sessão Legislativa da 18ªLegislatura</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/212/ata22a_sessao_extraordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 22ª SESSÃO EXTRAORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>216</t>
@@ -2778,50 +2835,59 @@
     <t>307</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/307/ata27a_sessao_extraordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 27ª SESSÃO EXTRAORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/325/ata28a_sessao_extraordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª SESSÃO EXTRAORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/331/ata29a_sessao_extraordinaria_ano_2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 29ª SESSÃO EXTRAORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/355/ata30a_sessao_extraordinaria_ano_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 30ª SESSÃO EXTRAORDINÁRIA da 1ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3125,56 +3191,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_03_superavit_fmdca_del_078_2022_estadual.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_004_revisao_geral_servidores_publicos_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_05_esp_anul_amort_emp_onibus.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_06_esp_superavit_educacao_merged.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_07_refis.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_008_reajuste_de_remuneracao_abaixo_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_009_suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_010_especial_anul._diversas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_011_instituicao_do_conselho_municipal_de_esporte__cme_e_do_fundo_municipal_do_esporte__fme_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_12_emendasergio_moro_e_proj_transformar_min_cidadania_apae.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_13_supl_anul_apae_fundebe_cons_parana_e_casa_lar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_014_superavit__f_303_e_494_saude.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_015_casa_lar_remuneracao_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_016_supl_reducao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_017_supl_red._terceirizados.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_18_corrigido-mesclado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/109/projeto_de_lei_019_dev_rec_cc_446165_f_171_superavit_e_excesso.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_020__superavit_f1854_emenda_pix_agricultura_e_ampl._predios_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_021_revisao_dotacoes_folhas_unidades.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_022_superavit__f_1621_cc_50687-7_saude.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_023_altera_a_lei_1843_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_024_teste_seletivo_motorista_enfermeiro_auxiliar_de_dentista_e_professor_de_lingua_estrangeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_025_super_e_excesso_cc_672015-3_f_1846_correto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_026_superavit__f_1621_cc_50686-9_faf_est_custeio_saude_corrigido.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/118/projeto_de_lei_027_altera_remuneracao_do_medico_e_carga_horaria_de_dentista_corrigido.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/119/projeto_de_lei_028_readaptacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_029_superavit_delib._034__25.000_cc_537926_e_035_65.000_cc_537934_cedipi_pr.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_lei_030_barracao_uv_itaipu__que_energia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_031_contrapartida_barracao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/123/projeto_de_lei_032_feira_livre_alimentos_saudaveis.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/124/projeto_de_lei_33_altera_lei_de_diaria_incluindo_ressarcimento_aviao_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_034_suplem_anulacao_hospital.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_de_lei_035_suplem_anulacao_reforma_predio_escola.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/127/projeto_de_lei_036_altera_o_v_do_art._7_e_acrescenta_paragrafo_unico_ao_art_19_da_lei_que_instituiu_o_conselho_m_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/128/projeto_de_lei_037_suplem_anulacao_diversos__tereceirizados_atualizado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/129/projeto_de_lei_38_de_2025_-_ressarcimento_de_ipva-mesclado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_39_adesao_do_municipio_atunorpi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_40_criacao_comtur_-_atunorpi_pinhalao_atualizado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/132/projeto_de_lei_41_fomento_e_apoio_ao_turismo_-_atunorpi_pinhalao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_42_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_043_superavit_varias_fontes_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_044_cr_especial_reducao_passagens_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_045_esp_convenio_seab_036_2025_equip_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_046_alteracao_protocolo_de_intencoes_civarc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_047_alteracao_a_lei_1552.2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_48_de_2025_-_custeio_dos_sistemas_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_049__suplementar_anulacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_050_superavit_fonte_104.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_051_supereavit_cc_45667_45858_47740_47765_48923_dev_ass._social.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_052_stpj_aldir_blanc_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_053_dev._rec_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/155/projeto_de_lei_054_autoriza_receberrdoacao_apae.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_055_moveis_planejados_gabinete_prefeito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_056_altera_estatuto_do_magisterio_cumulacao_pedagogo_e_professor.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/169/projeto_de_lei_057_altera_descritivo_do_tecnico_de_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_lei_058_projeto_de_lei_acao_social.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_061_especial_excesso__f_1621_e_00501.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_062_especial_reducao_varios_correto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_063_especial_reducao_f_00494.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_064_suplementar_complementacao_dotacao_fonte_00864.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_lei_065_especial_superavit__restante_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_lei_066_oficio_dg_nr_266_2026_seab_protocolo_23.790.636-5.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_de_lei_067_altera_descritivo_do_cargo_de_assistente_social..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_068_cred_esp_del_cedca_pr_013_2025_fia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_069_-_cr_esp_subvencao_associacao_dos_amigos_e_trabalhadores_de_pho_aatp.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_071_cria_o_cargo_de_diretor_de_comunicacao_e_altera_nome_da_secretaria.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/208/projeto_de_lei_076_emendas_incremento_atencao_primaria_em_saude.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_077_emenda_padovani_incremento_atencao_primaria_em_saude.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/217/projeto_de_lei_078_alteracao_lei_doacao_rafael_castro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/218/projeto_de_lei_079_devolucao_cc_47209-3_e_47214-x.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_80_taxas_rodeio.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_81_patrocinios_rodeio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_82_altera_lei_2430.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_083_excesso_de_arrecadacao_espacos_centro_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_084_suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_85_retifica_lei_2529doacao_josefa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_086_especial_superavit__e_ra_devolucao_cc_53677_f865.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_087_suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_088_suplementar_reducao_emenda_francielli_carvalho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_089_reducao_emenda_francielli_carvalho_rateio_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_090_superavit_cosip_fonte_507.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_091_ldo_2026_corrigido.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_092_cria_vaga_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_93-2025_-_programa_moradia_legal.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_094__folha_final.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_095_reducao_fonte_937.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_096_reducao_impositivas_natan_e_baianinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_097_conv_947-2025__sec_cidades_utilit._pick_up.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_098__suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/255/projeto_de_lei_099_altera_organograma_criando_secretarias_e_extinguindo_diretoria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_100_altera_lei_273_anuenio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_101_conv_990_2025_secid-caminhao_cacamba_basculante.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_102_conv_1094_2025_secid-caminhao_cacamba_basculante_6x4.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_103__construcao_de_portais_emenda_sandro_alex.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_104_e-protocolo_24.566.448-6_secid-prioridade_61_trator.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_105_ratifica_protocolo_de_intencoes_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_106_provavel_excesso_fonte_1494.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_107_provavel_excesso_fonte_1111_merenda_escolar_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_108_provavel_excesso_fonte_1511.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_109_provavel_excesso_fonte_1107.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_110_provavel_excesso_fonte_1103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_111_provavel_excesso_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_112_provavel_excesso_fonte_1303.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_113__suplementar_reducao_fonte_1854.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_114__suplementar_reducao_fonte_1501.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_115__suplementar_reducao_fonte_1107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_116__suplementar_reducao_fonte_1102.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_lei_117_e-protocolo__24.463.391-9_parana_mais_eventos_convenio_realizacao_1o_expo_pinhalao_e_31o_festa_de_peao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_lei_118_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_119_excesso_fonte_00863.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/283/projeto_de_lei_120_fica_prorrogado_o_plano_decenal_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_121_excesso_fonte__1501_alienacao_de_bens_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_122__suplementar_reducao_fonte_1000_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_lei_123_excesso_fonte_00861_emenda_flavio_arns.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_124_aumento_remuneracao_motoristas_vigilante_sanitario_coord_esporte_e_cultura_egratificacao_pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_125_altera_protocolo_casa_lar_entrada_de_jundiai_do_sul1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_126_cria_cargo_de_padagogo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/295/projeto_de_lei_127_loa_-_lei_orcamentaria_anual_2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_128__suplementar_reducao_fonte_1000.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/301/projeto_de_lei_129_provavel_excesso_fonte_1507.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/305/projeto_de_lei_130__suplementar_reducao_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_131__coordenadoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/311/projeto_de_lei_132__camarotes_no_dia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_de_lei_133__suplementar_reducao_fonte_1724.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/312/projeto_de_lei_134__excesso_fonte_1724.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/314/projeto_de_lei_135__excesso_fonte_1621.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_136__suplementar_reducao_fonte_1621.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_lei_137__suplementar_reducao_fonte_1511.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_lei_138__excesso_fonte_00206.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_de_lei_139__excesso_fonte_00207.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_lei_140__excesso_fonte_00208_retroescavadeira_prioridade_63.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_141__excesso_fonte_00209_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/328/projeto_de_lei_142__suplementar_reducao_fonte_1609.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/329/projeto_de_lei_143__superavit_fonte_1609.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_144__suplementar_reducao_fonte_1303.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/335/projeto_de_lei_145__suplementar_reducao_fonte_1494.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/336/projeto_de_lei_146_aumento_remuneracao_professor.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_lei_147__suplementar_reducao_fonte_1000.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_148__excesso_fonte_1080.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/340/projeto_de_lei_149_provavel_excesso_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_de_lei_150__suplementar_reducao_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/342/projeto_de_lei_151__suplementar_reducao_fonte_1103.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_152_provavel_excesso_fonte_1303.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/345/projeto_de_lei_154__suplementar_reducao_fonte_1102.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/346/projeto_de_lei_155__suplementar_reducao_fonte_1000.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_lei_156_provavel_excesso_fonte_1507.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_do_legislativo_n.o_01.2025_-_recomposicao_remuneracao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_do_legislativo_n.o_02.2025_-_correcao_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei__03-2025_pessoal_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_n.o_04.2025_-_fixacao_remuneracao_asessor_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_do_legislativo_n.o_05-2025_nome_campo_da_vila_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_do_legislativo_n.o_06.2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_do_legislativo_n.o_07-2025_nome_de_rua_marcelina_braga_pimentel_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_do_legislativo_n.o_08-2025_nome_de_rua_romilda_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_do_legislativo_n.o_09-2025_nome_de_rua_antonio_de_paula_neto_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_do_legislativo_n.o_10-2025_nome_de_rua_maria_jose_de_lima_nogueira_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_do_legislativo_n.o_11-2025_nome_de_rua_joao_arana_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_lei_do_legislativo_n.o_12-2025_-_exame_toxicologico_-_francielli_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_legislativo_n.o_13.2025_-_nome_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_do_legislativo_n.o_14-2025_nome_campo_da_lavrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/186/projeto_de_lei_do_legislativo_n.o_15-2025_nome_de_rua_manoel_batista_roberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_do_legislativo_n.o_16.2025_-_cidadao_honorario_-_dep._toninho_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lei_do_legislativo_n.o_17.2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_do_legislativo_n.o_18-2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_do_legislativo_no_19-2025_-_isencao_de_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_do_legislativo_no_20-2025_-_programa_municipal_de_incentivo_ao_esporte_e_a_vida_saudavel_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_do_legislativo_n.o_21-2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_do_legislativo_n.o_22-2025_alteracao_de_orcamento1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_do_legislativo_n.o_23-2025_nome_de_rua_darci_inacio_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_de_lei_do_legislativo_n.o_24-2025_nome_de_rua_jose_aparecido_de_oliveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_lei_do_legislativo_n.o_25-2025_nome_de_rua_jair_jose_soardi_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_do_legislativo_n.o_26-2025_nome_de_rua_aparecida_jose_da_cunha_soardi_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_lei_no._027-2025_-_nome_do_lago_municipal_-_edney_luiz_vilas_boas_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/95/decreto_legislativo_n.o_01.2025_regulamentacao_in_seges_67.21.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_resolucao_n.o_01.2025_-_criacao_cargo_assessor_parlamentar_07_02_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/172/resolucao_02-2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_resolucao_03-2025_alteracao_de_orcamento.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_resolucao_04-2025_alteracao_de_orcamento_170.000_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_resolucao_05-2025_alteracao_de_orcamento_15.00000_correto_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_legislativa_n.o_01.2025_paulinho_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_legislativa_n.o_02.2025_paulinho_estacionamento_escola_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_legislativa_n.o_03.2025_edney_luiz_vilas_boas_iluminacao_da_estrada_da_lavrinha_-_pr_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_legislativa_n.o_04.2025_edney_luiz_vilas_boas_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_legislativa_n.o_05.205_rene_lixeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_legislativa_n.o_06.205_rene_vistoria_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_legislativa_n.o_07.2025_paulinho_erosao_na_rua_luis_bonin_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_legislativa_n.o_08.2025_paulinho_manutencao_asfalto_entrada_do_lago_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_legislativa_n.o_09.2025_flavio_lombada_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_legislativa_n.o_10.2025_paulinho_lombada_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_legislativa_n.o_11.2025_paulinho_retirada_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_legislativa_014-2025_-_edney_luiz_vilas_boas_-_melhorias_na_capela_da_cidade_e_da_lavrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_legislativa_n.o_13.2025_serginho_limpeza_cemiterio_da_lavrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_legislativa_n.o_14.2025_serginho_manutencao_estrada_do_silva_reis_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_legislativa_no_015-2025_-_edney_luiz_vilas_boas_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_legislativa_n.o_18.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_legislativa_n.o_19.2025_-_ouvidoria_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_legislativa_n.o_21.2025_paulinho_linha_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_legislativa_022.2025_-_plantio_de_morangos_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_legislativa_n.o_23.2025_-_edney_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_legislativa_n.o_24.2025_-_auxilio_alimentacao_seevidores_poder_executivo_vereadores_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_legislativa_n.o_25.2025_edney_-_plantio_de_grama_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_legislativa_n.o_26.2025_edney_-_lombada_rua_benedito_ribeiro_da_mota_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_legislativa_n.o_27.2025_paulinho_passagem_elevada_rua_emerentina_nogueira_dos_santos_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_legislativa_n.o_28.2025_edney_-_porta_banheiro_escola_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_legislativa_n.o_29.2025_serginho_manutencao_asfalto_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_legislativa_n.o_30.2025_flavio_lombada_estrada_do_ouro_preto_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_legislativa_n.o_31.2025_paulinho_cascalhamento_rua_projetada_atraz_da_igreja_catolica_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_legislativa_n.o_32.2025_paulinho_rua_benedito_ribeiro_da_mota_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_legislativa_n.o_33.2025_-_edney.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_legislativa_no._034-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_legislativa_n.o_35.2025_serginho_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/333/indicacao_no._36.2025_-_solicitacao_de_regularizacao_dos_acessos_irregulares_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_legislativa_037.2025_-_indicacao_para_fornecimento_de_alimentos_para_pacientes_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_legislativa_038.2025_-_colocacao_de_lampadas_em_postes_na_vila_guarani_-_14.11.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_01.2025_edney_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no._02.2025_-edney__estrada_sulmineira_-_14.11.2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/303/emenda_01-2025_ao_projeto_de_lei_n.o_127.2025_orcamento_-_loa_para_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/173/proposicao_de_mocao_no_01-2025_-_proposicao_ao_senado_e_a_camara_dos_deputados_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/194/mocao_de_repudio_-_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_de_mocao_03-2025_ato_de_bravura_policiais_militares.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/205/ata_22a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/206/ata_23a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/213/ata_24a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/225/ata_25a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/226/ata_26a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/234/ata_27a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/238/ata_28a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/242/ata_29a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/249/ata_30a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/251/ata_31a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/254/ata_32a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/261/ata_33a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/273/ata_34a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/274/ata_35a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/289/ata_36a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/292/ata_37a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/302/ata_38a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/304/ata_39a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/321/ata_40a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/337/ata_42a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/348/ata_43a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/207/ata21a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/212/ata22a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/216/ata23a_sessao_extraordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/223/ata_24a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/228/ata25a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/280/ata_26a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/307/ata27a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/325/ata28a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/331/ata29a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_03_superavit_fmdca_del_078_2022_estadual.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_004_revisao_geral_servidores_publicos_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_05_esp_anul_amort_emp_onibus.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_06_esp_superavit_educacao_merged.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_07_refis.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_008_reajuste_de_remuneracao_abaixo_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_009_suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_010_especial_anul._diversas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_011_instituicao_do_conselho_municipal_de_esporte__cme_e_do_fundo_municipal_do_esporte__fme_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_12_emendasergio_moro_e_proj_transformar_min_cidadania_apae.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_13_supl_anul_apae_fundebe_cons_parana_e_casa_lar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_014_superavit__f_303_e_494_saude.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_015_casa_lar_remuneracao_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_016_supl_reducao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_017_supl_red._terceirizados.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_18_corrigido-mesclado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/109/projeto_de_lei_019_dev_rec_cc_446165_f_171_superavit_e_excesso.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_020__superavit_f1854_emenda_pix_agricultura_e_ampl._predios_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_021_revisao_dotacoes_folhas_unidades.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_022_superavit__f_1621_cc_50687-7_saude.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_023_altera_a_lei_1843_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_024_teste_seletivo_motorista_enfermeiro_auxiliar_de_dentista_e_professor_de_lingua_estrangeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_025_super_e_excesso_cc_672015-3_f_1846_correto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_026_superavit__f_1621_cc_50686-9_faf_est_custeio_saude_corrigido.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/118/projeto_de_lei_027_altera_remuneracao_do_medico_e_carga_horaria_de_dentista_corrigido.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/119/projeto_de_lei_028_readaptacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_029_superavit_delib._034__25.000_cc_537926_e_035_65.000_cc_537934_cedipi_pr.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_lei_030_barracao_uv_itaipu__que_energia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_031_contrapartida_barracao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/123/projeto_de_lei_032_feira_livre_alimentos_saudaveis.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/124/projeto_de_lei_33_altera_lei_de_diaria_incluindo_ressarcimento_aviao_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_034_suplem_anulacao_hospital.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_de_lei_035_suplem_anulacao_reforma_predio_escola.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/127/projeto_de_lei_036_altera_o_v_do_art._7_e_acrescenta_paragrafo_unico_ao_art_19_da_lei_que_instituiu_o_conselho_m_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/128/projeto_de_lei_037_suplem_anulacao_diversos__tereceirizados_atualizado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/129/projeto_de_lei_38_de_2025_-_ressarcimento_de_ipva-mesclado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_39_adesao_do_municipio_atunorpi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_40_criacao_comtur_-_atunorpi_pinhalao_atualizado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/132/projeto_de_lei_41_fomento_e_apoio_ao_turismo_-_atunorpi_pinhalao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_42_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_043_superavit_varias_fontes_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_044_cr_especial_reducao_passagens_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_045_esp_convenio_seab_036_2025_equip_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_046_alteracao_protocolo_de_intencoes_civarc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_047_alteracao_a_lei_1552.2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_48_de_2025_-_custeio_dos_sistemas_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_049__suplementar_anulacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_050_superavit_fonte_104.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_051_supereavit_cc_45667_45858_47740_47765_48923_dev_ass._social.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_052_stpj_aldir_blanc_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_053_dev._rec_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/155/projeto_de_lei_054_autoriza_receberrdoacao_apae.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_055_moveis_planejados_gabinete_prefeito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_056_altera_estatuto_do_magisterio_cumulacao_pedagogo_e_professor.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/169/projeto_de_lei_057_altera_descritivo_do_tecnico_de_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_lei_058_projeto_de_lei_acao_social.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_061_especial_excesso__f_1621_e_00501.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_062_especial_reducao_varios_correto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_063_especial_reducao_f_00494.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_064_suplementar_complementacao_dotacao_fonte_00864.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_lei_065_especial_superavit__restante_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_lei_066_oficio_dg_nr_266_2026_seab_protocolo_23.790.636-5.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_de_lei_067_altera_descritivo_do_cargo_de_assistente_social..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_068_cred_esp_del_cedca_pr_013_2025_fia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_069_-_cr_esp_subvencao_associacao_dos_amigos_e_trabalhadores_de_pho_aatp.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_071_cria_o_cargo_de_diretor_de_comunicacao_e_altera_nome_da_secretaria.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/208/projeto_de_lei_076_emendas_incremento_atencao_primaria_em_saude.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_077_emenda_padovani_incremento_atencao_primaria_em_saude.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/217/projeto_de_lei_078_alteracao_lei_doacao_rafael_castro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/218/projeto_de_lei_079_devolucao_cc_47209-3_e_47214-x.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_80_taxas_rodeio.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_81_patrocinios_rodeio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_82_altera_lei_2430.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_083_excesso_de_arrecadacao_espacos_centro_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_084_suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_85_retifica_lei_2529doacao_josefa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_086_especial_superavit__e_ra_devolucao_cc_53677_f865.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_087_suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_088_suplementar_reducao_emenda_francielli_carvalho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_089_reducao_emenda_francielli_carvalho_rateio_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_090_superavit_cosip_fonte_507.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_091_ldo_2026_corrigido.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_092_cria_vaga_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_93-2025_-_programa_moradia_legal.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_094__folha_final.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_095_reducao_fonte_937.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_096_reducao_impositivas_natan_e_baianinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_097_conv_947-2025__sec_cidades_utilit._pick_up.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_098__suplementar_reducao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/255/projeto_de_lei_099_altera_organograma_criando_secretarias_e_extinguindo_diretoria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_100_altera_lei_273_anuenio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_101_conv_990_2025_secid-caminhao_cacamba_basculante.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_102_conv_1094_2025_secid-caminhao_cacamba_basculante_6x4.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_103__construcao_de_portais_emenda_sandro_alex.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_104_e-protocolo_24.566.448-6_secid-prioridade_61_trator.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_105_ratifica_protocolo_de_intencoes_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_106_provavel_excesso_fonte_1494.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_107_provavel_excesso_fonte_1111_merenda_escolar_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_108_provavel_excesso_fonte_1511.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_109_provavel_excesso_fonte_1107.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_110_provavel_excesso_fonte_1103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_111_provavel_excesso_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_112_provavel_excesso_fonte_1303.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_113__suplementar_reducao_fonte_1854.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_114__suplementar_reducao_fonte_1501.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_115__suplementar_reducao_fonte_1107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_116__suplementar_reducao_fonte_1102.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_lei_117_e-protocolo__24.463.391-9_parana_mais_eventos_convenio_realizacao_1o_expo_pinhalao_e_31o_festa_de_peao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_lei_118_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_119_excesso_fonte_00863.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/283/projeto_de_lei_120_fica_prorrogado_o_plano_decenal_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_121_excesso_fonte__1501_alienacao_de_bens_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_122__suplementar_reducao_fonte_1000_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_lei_123_excesso_fonte_00861_emenda_flavio_arns.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_124_aumento_remuneracao_motoristas_vigilante_sanitario_coord_esporte_e_cultura_egratificacao_pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_125_altera_protocolo_casa_lar_entrada_de_jundiai_do_sul1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_126_cria_cargo_de_padagogo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/295/projeto_de_lei_127_loa_-_lei_orcamentaria_anual_2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_128__suplementar_reducao_fonte_1000.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/301/projeto_de_lei_129_provavel_excesso_fonte_1507.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/305/projeto_de_lei_130__suplementar_reducao_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_131__coordenadoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/311/projeto_de_lei_132__camarotes_no_dia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_de_lei_133__suplementar_reducao_fonte_1724.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/312/projeto_de_lei_134__excesso_fonte_1724.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/314/projeto_de_lei_135__excesso_fonte_1621.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_136__suplementar_reducao_fonte_1621.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_lei_137__suplementar_reducao_fonte_1511.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_lei_138__excesso_fonte_00206.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_de_lei_139__excesso_fonte_00207.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_lei_140__excesso_fonte_00208_retroescavadeira_prioridade_63.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_141__excesso_fonte_00209_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/328/projeto_de_lei_142__suplementar_reducao_fonte_1609.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/329/projeto_de_lei_143__superavit_fonte_1609.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_144__suplementar_reducao_fonte_1303.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/335/projeto_de_lei_145__suplementar_reducao_fonte_1494.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/336/projeto_de_lei_146_aumento_remuneracao_professor.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_lei_147__suplementar_reducao_fonte_1000.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_148__excesso_fonte_1080.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/340/projeto_de_lei_149_provavel_excesso_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_de_lei_150__suplementar_reducao_fonte_1104.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/342/projeto_de_lei_151__suplementar_reducao_fonte_1103.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_152_provavel_excesso_fonte_1303.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/345/projeto_de_lei_154__suplementar_reducao_fonte_1102.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/346/projeto_de_lei_155__suplementar_reducao_fonte_1000.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_lei_156_provavel_excesso_fonte_1507.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_157__excesso_fonte_1511.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_158__excesso_fonte_00211_asfalto_da_lavrinha.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_do_legislativo_n.o_01.2025_-_recomposicao_remuneracao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_do_legislativo_n.o_02.2025_-_correcao_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei__03-2025_pessoal_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_n.o_04.2025_-_fixacao_remuneracao_asessor_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_do_legislativo_n.o_05-2025_nome_campo_da_vila_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_do_legislativo_n.o_06.2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_do_legislativo_n.o_07-2025_nome_de_rua_marcelina_braga_pimentel_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_do_legislativo_n.o_08-2025_nome_de_rua_romilda_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_do_legislativo_n.o_09-2025_nome_de_rua_antonio_de_paula_neto_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_do_legislativo_n.o_10-2025_nome_de_rua_maria_jose_de_lima_nogueira_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_do_legislativo_n.o_11-2025_nome_de_rua_joao_arana_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_lei_do_legislativo_n.o_12-2025_-_exame_toxicologico_-_francielli_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_legislativo_n.o_13.2025_-_nome_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_do_legislativo_n.o_14-2025_nome_campo_da_lavrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/186/projeto_de_lei_do_legislativo_n.o_15-2025_nome_de_rua_manoel_batista_roberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_do_legislativo_n.o_16.2025_-_cidadao_honorario_-_dep._toninho_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lei_do_legislativo_n.o_17.2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_do_legislativo_n.o_18-2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_do_legislativo_no_19-2025_-_isencao_de_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_do_legislativo_no_20-2025_-_programa_municipal_de_incentivo_ao_esporte_e_a_vida_saudavel_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_do_legislativo_n.o_21-2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_do_legislativo_n.o_22-2025_alteracao_de_orcamento1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_do_legislativo_n.o_23-2025_nome_de_rua_darci_inacio_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_de_lei_do_legislativo_n.o_24-2025_nome_de_rua_jose_aparecido_de_oliveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_lei_do_legislativo_n.o_25-2025_nome_de_rua_jair_jose_soardi_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_do_legislativo_n.o_26-2025_nome_de_rua_aparecida_jose_da_cunha_soardi_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_lei_no._027-2025_-_nome_do_lago_municipal_-_edney_luiz_vilas_boas_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/95/decreto_legislativo_n.o_01.2025_regulamentacao_in_seges_67.21.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_resolucao_n.o_01.2025_-_criacao_cargo_assessor_parlamentar_07_02_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/172/resolucao_02-2025_alteracao_de_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_resolucao_03-2025_alteracao_de_orcamento.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_resolucao_04-2025_alteracao_de_orcamento_170.000_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_resolucao_05-2025_alteracao_de_orcamento_15.00000_correto_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_resolucao_06-2025_alteracao_de_orcamento_10.00000.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_legislativa_n.o_01.2025_paulinho_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_legislativa_n.o_02.2025_paulinho_estacionamento_escola_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_legislativa_n.o_03.2025_edney_luiz_vilas_boas_iluminacao_da_estrada_da_lavrinha_-_pr_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_legislativa_n.o_04.2025_edney_luiz_vilas_boas_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_legislativa_n.o_05.205_rene_lixeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_legislativa_n.o_06.205_rene_vistoria_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_legislativa_n.o_07.2025_paulinho_erosao_na_rua_luis_bonin_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_legislativa_n.o_08.2025_paulinho_manutencao_asfalto_entrada_do_lago_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_legislativa_n.o_09.2025_flavio_lombada_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_legislativa_n.o_10.2025_paulinho_lombada_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_legislativa_n.o_11.2025_paulinho_retirada_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_legislativa_014-2025_-_edney_luiz_vilas_boas_-_melhorias_na_capela_da_cidade_e_da_lavrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_legislativa_n.o_13.2025_serginho_limpeza_cemiterio_da_lavrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_legislativa_n.o_14.2025_serginho_manutencao_estrada_do_silva_reis_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_legislativa_no_015-2025_-_edney_luiz_vilas_boas_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_legislativa_n.o_18.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_legislativa_n.o_19.2025_-_ouvidoria_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_legislativa_n.o_21.2025_paulinho_linha_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_legislativa_022.2025_-_plantio_de_morangos_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_legislativa_n.o_23.2025_-_edney_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_legislativa_n.o_24.2025_-_auxilio_alimentacao_seevidores_poder_executivo_vereadores_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_legislativa_n.o_25.2025_edney_-_plantio_de_grama_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_legislativa_n.o_26.2025_edney_-_lombada_rua_benedito_ribeiro_da_mota_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_legislativa_n.o_27.2025_paulinho_passagem_elevada_rua_emerentina_nogueira_dos_santos_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_legislativa_n.o_28.2025_edney_-_porta_banheiro_escola_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_legislativa_n.o_29.2025_serginho_manutencao_asfalto_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_legislativa_n.o_30.2025_flavio_lombada_estrada_do_ouro_preto_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_legislativa_n.o_31.2025_paulinho_cascalhamento_rua_projetada_atraz_da_igreja_catolica_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_legislativa_n.o_32.2025_paulinho_rua_benedito_ribeiro_da_mota_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_legislativa_n.o_33.2025_-_edney.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_legislativa_no._034-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_legislativa_n.o_35.2025_serginho_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/333/indicacao_no._36.2025_-_solicitacao_de_regularizacao_dos_acessos_irregulares_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_legislativa_037.2025_-_indicacao_para_fornecimento_de_alimentos_para_pacientes_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_legislativa_038.2025_-_colocacao_de_lampadas_em_postes_na_vila_guarani_-_14.11.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_01.2025_edney_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no._02.2025_-edney__estrada_sulmineira_-_14.11.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_no._03.2025_-_1_expo_pinhalao_-_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/303/emenda_01-2025_ao_projeto_de_lei_n.o_127.2025_orcamento_-_loa_para_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/173/proposicao_de_mocao_no_01-2025_-_proposicao_ao_senado_e_a_camara_dos_deputados_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/194/mocao_de_repudio_-_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_de_mocao_03-2025_ato_de_bravura_policiais_militares.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/205/ata_22a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/206/ata_23a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/213/ata_24a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/225/ata_25a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/226/ata_26a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/234/ata_27a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/238/ata_28a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/242/ata_29a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/249/ata_30a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/251/ata_31a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/254/ata_32a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/261/ata_33a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/273/ata_34a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/274/ata_35a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/289/ata_36a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/292/ata_37a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/302/ata_38a_sessao_ordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/304/ata_39a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/321/ata_40a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/337/ata_42a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/348/ata_43a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/351/ata_44a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/354/ata_45a_sessao_ordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/207/ata21a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/212/ata22a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/216/ata23a_sessao_extraordinaria_ano_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/223/ata_24a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/228/ata25a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/280/ata_26a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/307/ata27a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/325/ata28a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/331/ata29a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pinhalao.pr.leg.br/media/sapl/public/materialegislativa/2025/355/ata30a_sessao_extraordinaria_ano_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H254"/>
+  <dimension ref="A1:H261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="197.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="193.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -7022,2773 +7088,2955 @@
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>547</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>548</v>
       </c>
       <c r="H149" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>345</v>
+        <v>550</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>10</v>
+        <v>551</v>
       </c>
       <c r="D150" t="s">
-        <v>550</v>
+        <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>551</v>
+        <v>12</v>
       </c>
       <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="G150" s="1" t="s">
+      <c r="H150" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>349</v>
+        <v>554</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>17</v>
+        <v>555</v>
       </c>
       <c r="D151" t="s">
-        <v>550</v>
+        <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>551</v>
+        <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>552</v>
+        <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H151" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E152" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F152" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="H152" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>405</v>
+        <v>349</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D153" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E153" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F153" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="H153" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>480</v>
+        <v>357</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D154" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E154" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F154" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="H154" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>564</v>
+        <v>405</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D155" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E155" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F155" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H155" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>567</v>
+        <v>480</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D156" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E156" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F156" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="H156" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>570</v>
+        <v>555</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D157" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E157" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F157" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H157" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D158" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E158" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F158" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H158" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D159" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E159" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F159" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H159" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D160" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E160" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F160" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H160" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D161" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E161" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F161" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>584</v>
       </c>
       <c r="H161" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>586</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D162" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E162" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F162" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>587</v>
       </c>
       <c r="H162" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>589</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D163" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E163" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F163" t="s">
         <v>590</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>591</v>
       </c>
       <c r="H163" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>593</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D164" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E164" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F164" t="s">
+        <v>590</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="G164" s="1" t="s">
+      <c r="H164" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>596</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>65</v>
+      </c>
+      <c r="D165" t="s">
+        <v>558</v>
+      </c>
+      <c r="E165" t="s">
+        <v>559</v>
+      </c>
+      <c r="F165" t="s">
         <v>597</v>
       </c>
-      <c r="B165" t="s">
-[...11 lines deleted...]
-      <c r="F165" t="s">
+      <c r="G165" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="G165" s="1" t="s">
+      <c r="H165" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>600</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>69</v>
+      </c>
+      <c r="D166" t="s">
+        <v>558</v>
+      </c>
+      <c r="E166" t="s">
+        <v>559</v>
+      </c>
+      <c r="F166" t="s">
         <v>601</v>
-      </c>
-[...13 lines deleted...]
-        <v>598</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H166" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>604</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D167" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E167" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F167" t="s">
-        <v>552</v>
+        <v>605</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H167" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="D168" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E168" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F168" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>609</v>
       </c>
       <c r="H168" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>611</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="D169" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E169" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F169" t="s">
-        <v>594</v>
+        <v>560</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H169" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>614</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D170" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E170" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F170" t="s">
-        <v>552</v>
+        <v>615</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H170" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D171" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E171" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F171" t="s">
-        <v>552</v>
+        <v>601</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H171" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="D172" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E172" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F172" t="s">
-        <v>590</v>
+        <v>560</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H172" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="D173" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E173" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F173" t="s">
-        <v>590</v>
+        <v>560</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H173" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="D174" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E174" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F174" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H174" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="D175" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E175" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F175" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H175" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D176" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="E176" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F176" t="s">
-        <v>608</v>
+        <v>597</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H176" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>353</v>
+        <v>636</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="D177" t="s">
-        <v>635</v>
+        <v>558</v>
       </c>
       <c r="E177" t="s">
-        <v>636</v>
+        <v>559</v>
       </c>
       <c r="F177" t="s">
+        <v>597</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="G177" s="1" t="s">
+      <c r="H177" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>364</v>
+        <v>639</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="D178" t="s">
+        <v>558</v>
+      </c>
+      <c r="E178" t="s">
+        <v>559</v>
+      </c>
+      <c r="F178" t="s">
+        <v>615</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="E178" t="s">
+      <c r="H178" t="s">
         <v>641</v>
-      </c>
-[...7 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>353</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" t="s">
+        <v>642</v>
+      </c>
+      <c r="E179" t="s">
+        <v>643</v>
+      </c>
+      <c r="F179" t="s">
         <v>644</v>
-      </c>
-[...13 lines deleted...]
-        <v>552</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>645</v>
       </c>
       <c r="H179" t="s">
-        <v>566</v>
+        <v>646</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>646</v>
+        <v>364</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D180" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="E180" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="F180" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H180" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D181" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="E181" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="F181" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="H181" t="s">
-        <v>616</v>
+        <v>573</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D182" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="E182" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="F182" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="H182" t="s">
-        <v>619</v>
+        <v>655</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>472</v>
+        <v>656</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D183" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="E183" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="F183" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="H183" t="s">
-        <v>656</v>
+        <v>623</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>476</v>
+        <v>658</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D184" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="E184" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="F184" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="H184" t="s">
-        <v>658</v>
+        <v>626</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>484</v>
+        <v>660</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D185" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="E185" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="F185" t="s">
-        <v>608</v>
+        <v>560</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H185" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>491</v>
+        <v>472</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D186" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E186" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F186" t="s">
-        <v>608</v>
+        <v>569</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="H186" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>495</v>
+        <v>476</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D187" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E187" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F187" t="s">
-        <v>594</v>
+        <v>569</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="H187" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>499</v>
+        <v>484</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D188" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E188" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F188" t="s">
-        <v>594</v>
+        <v>615</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H188" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>533</v>
+        <v>491</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D189" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E189" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F189" t="s">
-        <v>561</v>
+        <v>615</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="H189" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>537</v>
+        <v>495</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D190" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E190" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F190" t="s">
-        <v>561</v>
+        <v>601</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="H190" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>671</v>
+        <v>499</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D191" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E191" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F191" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="H191" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D192" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E192" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F192" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="H192" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>677</v>
+        <v>537</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D193" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E193" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F193" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H193" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D194" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E194" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F194" t="s">
-        <v>608</v>
+        <v>682</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="H194" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>683</v>
+        <v>547</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D195" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E195" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F195" t="s">
-        <v>684</v>
+        <v>569</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>685</v>
       </c>
       <c r="H195" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>551</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>53</v>
+      </c>
+      <c r="D196" t="s">
+        <v>663</v>
+      </c>
+      <c r="E196" t="s">
+        <v>664</v>
+      </c>
+      <c r="F196" t="s">
+        <v>569</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B196" t="s">
-[...14 lines deleted...]
-      <c r="G196" s="1" t="s">
+      <c r="H196" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>689</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>57</v>
+      </c>
+      <c r="D197" t="s">
+        <v>663</v>
+      </c>
+      <c r="E197" t="s">
+        <v>664</v>
+      </c>
+      <c r="F197" t="s">
+        <v>615</v>
+      </c>
+      <c r="G197" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="B197" t="s">
-[...14 lines deleted...]
-      <c r="G197" s="1" t="s">
+      <c r="H197" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>692</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>61</v>
+      </c>
+      <c r="D198" t="s">
+        <v>663</v>
+      </c>
+      <c r="E198" t="s">
+        <v>664</v>
+      </c>
+      <c r="F198" t="s">
         <v>693</v>
-      </c>
-[...13 lines deleted...]
-        <v>583</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>694</v>
       </c>
       <c r="H198" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>696</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="D199" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E199" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F199" t="s">
-        <v>583</v>
+        <v>693</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H199" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>699</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D200" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E200" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F200" t="s">
-        <v>561</v>
+        <v>615</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>700</v>
       </c>
       <c r="H200" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>702</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="D201" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E201" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F201" t="s">
-        <v>608</v>
+        <v>590</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>703</v>
       </c>
       <c r="H201" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>705</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="D202" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E202" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F202" t="s">
-        <v>608</v>
+        <v>590</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>706</v>
       </c>
       <c r="H202" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>708</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="D203" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E203" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F203" t="s">
-        <v>598</v>
+        <v>569</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>709</v>
       </c>
       <c r="H203" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>711</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D204" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E204" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F204" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>712</v>
       </c>
       <c r="H204" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>714</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="D205" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E205" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F205" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>715</v>
       </c>
       <c r="H205" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>717</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="D206" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E206" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F206" t="s">
-        <v>561</v>
+        <v>605</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>718</v>
       </c>
       <c r="H206" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>720</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="D207" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E207" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F207" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>721</v>
       </c>
       <c r="H207" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>723</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="D208" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E208" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F208" t="s">
-        <v>684</v>
+        <v>615</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>724</v>
       </c>
       <c r="H208" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>726</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="D209" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E209" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F209" t="s">
-        <v>672</v>
+        <v>569</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>727</v>
       </c>
       <c r="H209" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>729</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="D210" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E210" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F210" t="s">
-        <v>561</v>
+        <v>615</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>730</v>
       </c>
       <c r="H210" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>732</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D211" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E211" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F211" t="s">
-        <v>561</v>
+        <v>693</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>733</v>
       </c>
       <c r="H211" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>735</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="D212" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E212" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F212" t="s">
-        <v>608</v>
+        <v>682</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>736</v>
       </c>
       <c r="H212" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>738</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="D213" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E213" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F213" t="s">
-        <v>608</v>
+        <v>569</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>739</v>
       </c>
       <c r="H213" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>741</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="D214" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E214" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F214" t="s">
-        <v>684</v>
+        <v>569</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>742</v>
       </c>
       <c r="H214" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>744</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="D215" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E215" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F215" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>745</v>
       </c>
       <c r="H215" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>747</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="D216" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E216" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F216" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>748</v>
       </c>
       <c r="H216" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>750</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="D217" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="E217" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F217" t="s">
-        <v>561</v>
+        <v>693</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>751</v>
       </c>
       <c r="H217" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>753</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="D218" t="s">
+        <v>663</v>
+      </c>
+      <c r="E218" t="s">
+        <v>664</v>
+      </c>
+      <c r="F218" t="s">
+        <v>615</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="E218" t="s">
+      <c r="H218" t="s">
         <v>755</v>
-      </c>
-[...7 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>756</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>157</v>
+      </c>
+      <c r="D219" t="s">
+        <v>663</v>
+      </c>
+      <c r="E219" t="s">
+        <v>664</v>
+      </c>
+      <c r="F219" t="s">
+        <v>615</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H219" t="s">
         <v>758</v>
-      </c>
-[...19 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>759</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>161</v>
+      </c>
+      <c r="D220" t="s">
+        <v>663</v>
+      </c>
+      <c r="E220" t="s">
+        <v>664</v>
+      </c>
+      <c r="F220" t="s">
+        <v>569</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H220" t="s">
         <v>761</v>
-      </c>
-[...19 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="E221" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="F221" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="H221" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>17</v>
       </c>
       <c r="D222" t="s">
+        <v>763</v>
+      </c>
+      <c r="E222" t="s">
+        <v>764</v>
+      </c>
+      <c r="F222" t="s">
+        <v>615</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="E222" t="s">
+      <c r="H222" t="s">
         <v>769</v>
-      </c>
-[...7 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>21</v>
       </c>
       <c r="D223" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="E223" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="F223" t="s">
-        <v>583</v>
+        <v>615</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="H223" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>773</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>10</v>
+      </c>
+      <c r="D224" t="s">
+        <v>774</v>
+      </c>
+      <c r="E224" t="s">
+        <v>775</v>
+      </c>
+      <c r="F224" t="s">
+        <v>776</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H224" t="s">
         <v>778</v>
-      </c>
-[...19 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>779</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>10</v>
+      </c>
+      <c r="D225" t="s">
+        <v>780</v>
+      </c>
+      <c r="E225" t="s">
+        <v>781</v>
+      </c>
+      <c r="F225" t="s">
+        <v>605</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H225" t="s">
         <v>783</v>
-      </c>
-[...19 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>784</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" t="s">
+        <v>780</v>
+      </c>
+      <c r="E226" t="s">
+        <v>781</v>
+      </c>
+      <c r="F226" t="s">
+        <v>605</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H226" t="s">
         <v>786</v>
-      </c>
-[...19 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>787</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>21</v>
+      </c>
+      <c r="D227" t="s">
+        <v>780</v>
+      </c>
+      <c r="E227" t="s">
+        <v>781</v>
+      </c>
+      <c r="F227" t="s">
+        <v>590</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H227" t="s">
         <v>789</v>
-      </c>
-[...19 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>790</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>97</v>
+      </c>
+      <c r="D228" t="s">
+        <v>791</v>
+      </c>
+      <c r="E228" t="s">
         <v>792</v>
       </c>
-      <c r="B228" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F228" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>793</v>
       </c>
       <c r="H228" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>795</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="D229" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E229" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F229" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H229" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>798</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="D230" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E230" t="s">
-        <v>780</v>
+        <v>792</v>
+      </c>
+      <c r="F230" t="s">
+        <v>560</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>799</v>
       </c>
       <c r="H230" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>801</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="D231" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E231" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F231" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>802</v>
       </c>
       <c r="H231" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>804</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="D232" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E232" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F232" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>805</v>
       </c>
       <c r="H232" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>807</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="D233" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E233" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F233" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>808</v>
       </c>
       <c r="H233" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>810</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="D234" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E234" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>792</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>811</v>
       </c>
       <c r="H234" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>813</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D235" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E235" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F235" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>814</v>
       </c>
       <c r="H235" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>816</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="D236" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E236" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F236" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H236" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>819</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="D237" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E237" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F237" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>820</v>
       </c>
       <c r="H237" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>822</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="D238" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E238" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F238" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>823</v>
       </c>
       <c r="H238" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>825</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="D239" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E239" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F239" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>826</v>
       </c>
       <c r="H239" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>828</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="D240" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E240" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F240" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>829</v>
       </c>
       <c r="H240" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>831</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="D241" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E241" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F241" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>832</v>
       </c>
       <c r="H241" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>834</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="D242" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E242" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F242" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>835</v>
       </c>
       <c r="H242" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>837</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="D243" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E243" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F243" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>838</v>
       </c>
       <c r="H243" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>840</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="D244" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E244" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F244" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>841</v>
       </c>
       <c r="H244" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>843</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="D245" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E245" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F245" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>844</v>
       </c>
       <c r="H245" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>846</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="D246" t="s">
+        <v>791</v>
+      </c>
+      <c r="E246" t="s">
+        <v>792</v>
+      </c>
+      <c r="F246" t="s">
+        <v>560</v>
+      </c>
+      <c r="G246" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="E246" t="s">
+      <c r="H246" t="s">
         <v>848</v>
-      </c>
-[...7 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>849</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>173</v>
+      </c>
+      <c r="D247" t="s">
+        <v>791</v>
+      </c>
+      <c r="E247" t="s">
+        <v>792</v>
+      </c>
+      <c r="F247" t="s">
+        <v>560</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H247" t="s">
         <v>851</v>
-      </c>
-[...19 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>852</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>177</v>
+      </c>
+      <c r="D248" t="s">
+        <v>791</v>
+      </c>
+      <c r="E248" t="s">
+        <v>792</v>
+      </c>
+      <c r="F248" t="s">
+        <v>560</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H248" t="s">
         <v>854</v>
-      </c>
-[...19 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>855</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>181</v>
+      </c>
+      <c r="D249" t="s">
+        <v>791</v>
+      </c>
+      <c r="E249" t="s">
+        <v>792</v>
+      </c>
+      <c r="F249" t="s">
+        <v>560</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="H249" t="s">
         <v>857</v>
-      </c>
-[...19 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>858</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>185</v>
+      </c>
+      <c r="D250" t="s">
+        <v>791</v>
+      </c>
+      <c r="E250" t="s">
+        <v>792</v>
+      </c>
+      <c r="F250" t="s">
+        <v>560</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H250" t="s">
         <v>860</v>
-      </c>
-[...19 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>861</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>189</v>
+      </c>
+      <c r="D251" t="s">
+        <v>791</v>
+      </c>
+      <c r="E251" t="s">
+        <v>792</v>
+      </c>
+      <c r="F251" t="s">
+        <v>560</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H251" t="s">
         <v>863</v>
-      </c>
-[...19 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>864</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>93</v>
+      </c>
+      <c r="D252" t="s">
+        <v>865</v>
+      </c>
+      <c r="E252" t="s">
         <v>866</v>
       </c>
-      <c r="B252" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F252" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>867</v>
       </c>
       <c r="H252" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>869</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D253" t="s">
-        <v>847</v>
+        <v>865</v>
       </c>
       <c r="E253" t="s">
-        <v>848</v>
+        <v>866</v>
       </c>
       <c r="F253" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>870</v>
       </c>
       <c r="H253" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>872</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="D254" t="s">
-        <v>847</v>
+        <v>865</v>
       </c>
       <c r="E254" t="s">
-        <v>848</v>
+        <v>866</v>
       </c>
       <c r="F254" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>873</v>
       </c>
       <c r="H254" t="s">
         <v>874</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>875</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>105</v>
+      </c>
+      <c r="D255" t="s">
+        <v>865</v>
+      </c>
+      <c r="E255" t="s">
+        <v>866</v>
+      </c>
+      <c r="F255" t="s">
+        <v>560</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H255" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>878</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>109</v>
+      </c>
+      <c r="D256" t="s">
+        <v>865</v>
+      </c>
+      <c r="E256" t="s">
+        <v>866</v>
+      </c>
+      <c r="F256" t="s">
+        <v>560</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H256" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>881</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>113</v>
+      </c>
+      <c r="D257" t="s">
+        <v>865</v>
+      </c>
+      <c r="E257" t="s">
+        <v>866</v>
+      </c>
+      <c r="F257" t="s">
+        <v>560</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H257" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>884</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>117</v>
+      </c>
+      <c r="D258" t="s">
+        <v>865</v>
+      </c>
+      <c r="E258" t="s">
+        <v>866</v>
+      </c>
+      <c r="F258" t="s">
+        <v>560</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="H258" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>887</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>121</v>
+      </c>
+      <c r="D259" t="s">
+        <v>865</v>
+      </c>
+      <c r="E259" t="s">
+        <v>866</v>
+      </c>
+      <c r="F259" t="s">
+        <v>560</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H259" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>890</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>125</v>
+      </c>
+      <c r="D260" t="s">
+        <v>865</v>
+      </c>
+      <c r="E260" t="s">
+        <v>866</v>
+      </c>
+      <c r="F260" t="s">
+        <v>560</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="H260" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>893</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>129</v>
+      </c>
+      <c r="D261" t="s">
+        <v>865</v>
+      </c>
+      <c r="E261" t="s">
+        <v>866</v>
+      </c>
+      <c r="F261" t="s">
+        <v>560</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H261" t="s">
+        <v>895</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10002,50 +10250,57 @@
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>